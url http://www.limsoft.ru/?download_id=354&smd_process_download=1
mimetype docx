--- v0 (2025-10-26)
+++ v1 (2026-02-09)
@@ -721,171 +721,174 @@
           </w:rPr>
           <w:t>limsoft</w:t>
         </w:r>
         <w:r w:rsidRPr="000D5BB5">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>.ru</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000D5BB5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>. Ответ на вопрос будет направлен ответным письмом. Предложения по улучшению ПО «Реестры ЛПУ» могут направляться только по электронной почте.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61239A56" w14:textId="77777777" w:rsidR="000D5BB5" w:rsidRPr="000D5BB5" w:rsidRDefault="000D5BB5" w:rsidP="004B5308">
+    <w:p w14:paraId="61239A56" w14:textId="1606F326" w:rsidR="000D5BB5" w:rsidRPr="000D5BB5" w:rsidRDefault="008A23F9" w:rsidP="004B5308">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D5BB5">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="000D5BB5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Viber</w:t>
-[...29 lines deleted...]
-    <w:p w14:paraId="2EA908BE" w14:textId="77777777" w:rsidR="000D5BB5" w:rsidRPr="000D5BB5" w:rsidRDefault="000D5BB5" w:rsidP="004B5308">
+        <w:t xml:space="preserve">Telegram </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по номеру</w:t>
+      </w:r>
+      <w:r w:rsidR="000D5BB5" w:rsidRPr="000D5BB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 8 (951) 989-31-71.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EA908BE" w14:textId="67ACB039" w:rsidR="000D5BB5" w:rsidRPr="000D5BB5" w:rsidRDefault="000D5BB5" w:rsidP="004B5308">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D5BB5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Техническая поддержка оказывается (кроме нерабочих праздничных дней, установленных Трудовым кодексом Российской Федерации) с понедельника по пятницу с 0</w:t>
       </w:r>
       <w:r w:rsidR="009B0CD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="000D5BB5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>.00 до 19.00  (время московское) не более чем 3 (трём) пользователям.</w:t>
+        <w:t>.00 до </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D5BB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="008A23F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D5BB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.00  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D5BB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>время московское) не более чем 3 (трём) пользователям.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25C11CE5" w14:textId="475C3218" w:rsidR="000D5BB5" w:rsidRPr="000D5BB5" w:rsidRDefault="004B5308" w:rsidP="004B5308">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -2531,67 +2534,69 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:zoom w:percent="100"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D5BB5"/>
     <w:rsid w:val="000D5BB5"/>
     <w:rsid w:val="000D61BD"/>
     <w:rsid w:val="00201248"/>
     <w:rsid w:val="004B5308"/>
     <w:rsid w:val="0063779D"/>
+    <w:rsid w:val="008A23F9"/>
     <w:rsid w:val="00947D62"/>
     <w:rsid w:val="009B0CD6"/>
     <w:rsid w:val="00A17ADD"/>
     <w:rsid w:val="00A46589"/>
     <w:rsid w:val="00AC6962"/>
     <w:rsid w:val="00B5396F"/>
     <w:rsid w:val="00D158FF"/>
     <w:rsid w:val="00DF7FFD"/>
     <w:rsid w:val="00E654D3"/>
     <w:rsid w:val="00F57B9B"/>
     <w:rsid w:val="00F712AD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -3364,69 +3369,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1108</Words>
-  <Characters>6318</Characters>
+  <Words>1103</Words>
+  <Characters>6291</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>52</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7412</CharactersWithSpaces>
+  <CharactersWithSpaces>7380</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Михаил Лимонов</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>